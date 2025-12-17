--- v0 (2025-10-24)
+++ v1 (2025-12-17)
@@ -3,119 +3,117 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
-  <Override PartName="/xl/externalLinks/externalLink2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\SITE INTERNET\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\chu-clermont\dfs\Partage\Espace_Ethique\SITE INTERNET\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="120" yWindow="120" windowWidth="23250" windowHeight="12585" tabRatio="966" firstSheet="1" activeTab="1"/>
   </bookViews>
   <sheets>
     <sheet name="Listes de Choix" sheetId="11" state="hidden" r:id="rId1"/>
     <sheet name="ETHIQUE - GENERALITES" sheetId="23" r:id="rId2"/>
     <sheet name="AUTONOMIE ET CONSENTEMENT" sheetId="1" r:id="rId3"/>
     <sheet name="BIENTRAITANCE - MALTRAITANCE" sheetId="16" r:id="rId4"/>
     <sheet name="BIOETHIQUE" sheetId="15" r:id="rId5"/>
     <sheet name="COMA" sheetId="21" r:id="rId6"/>
     <sheet name="CORPS ET DON D'ORGANES" sheetId="4" r:id="rId7"/>
     <sheet name="DIRECTIVES ANTICIPEES" sheetId="3" r:id="rId8"/>
     <sheet name="FIN DE VIE ET SOINS PALLIATIFS" sheetId="17" r:id="rId9"/>
     <sheet name="HANDICAP" sheetId="18" r:id="rId10"/>
     <sheet name="LAÏCITE" sheetId="6" r:id="rId11"/>
     <sheet name="MALADIES NEURODEGENERATIVES" sheetId="22" r:id="rId12"/>
     <sheet name="NUMERIQUE - I.A." sheetId="26" r:id="rId13"/>
     <sheet name="PROCHE ET PERSONNE DE CONFIANCE" sheetId="7" r:id="rId14"/>
     <sheet name="PERINATALITE ET P.M.A." sheetId="14" r:id="rId15"/>
     <sheet name="RESPECT ET DIGNITE" sheetId="9" r:id="rId16"/>
     <sheet name="SECRET MEDICAL" sheetId="10" r:id="rId17"/>
     <sheet name="SOINS MORTUAIRES" sheetId="20" r:id="rId18"/>
     <sheet name="NOMBRE DE DOCUMENTS" sheetId="24" r:id="rId19"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId20"/>
-    <externalReference r:id="rId21"/>
   </externalReferences>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'BIENTRAITANCE - MALTRAITANCE'!$A$1:$E$22</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'BIENTRAITANCE - MALTRAITANCE'!$A$1:$E$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="1">BIOETHIQUE!$A$1:$E$46</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'ETHIQUE - GENERALITES'!$A$1:$E$56</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="1">'FIN DE VIE ET SOINS PALLIATIFS'!$A$1:$E$44</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'ETHIQUE - GENERALITES'!$A$1:$E$57</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="1">'FIN DE VIE ET SOINS PALLIATIFS'!$A$1:$E$43</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="B1" i="24" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1067" uniqueCount="425">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1075" uniqueCount="427">
   <si>
     <t>TITRE</t>
   </si>
   <si>
     <t>TYPE</t>
   </si>
   <si>
     <t>Le respect</t>
   </si>
   <si>
     <t>Fiche du G.R.E.C.</t>
   </si>
   <si>
     <t>Le maintien ou la restauration du sentiment de dignité : une dimension essentielle du soin</t>
   </si>
   <si>
     <t>La notion de "proche"</t>
   </si>
   <si>
     <t>Elle accompagne... Elle assiste... Elle peut aider... Qui est-elle ?</t>
   </si>
   <si>
     <t>Le consentement dans les soins</t>
   </si>
   <si>
@@ -1355,56 +1353,50 @@
       <t xml:space="preserve"> siècle dans le débat public</t>
     </r>
   </si>
   <si>
     <t>Covid-19 : une éthique sous tension - Entre santé publique et souffrances humaines</t>
   </si>
   <si>
     <t>Littérature et médecine - Anthologie d'une dilettante</t>
   </si>
   <si>
     <t>NADAUD Anne-Catherine</t>
   </si>
   <si>
     <t>Ethique et mesures coercitives en psychiatrie</t>
   </si>
   <si>
     <t>GILOUX Nathalie</t>
   </si>
   <si>
     <t>De l'obstination déraisonnable aux soins palliatifs - Regard pluridisciplinaire pour une amélioration de l'accompagnement de la fin de vie</t>
   </si>
   <si>
     <t>Manifeste du prendre soin à domicile</t>
   </si>
   <si>
-    <t>Etre touché - Ethique, épistémologie et politique des affects en temps de crise</t>
-[...4 lines deleted...]
-  <si>
     <t>Philosophie de la médecine I - Frontière, savoir, clinique</t>
   </si>
   <si>
     <t>GAILLE Marie</t>
   </si>
   <si>
     <t>Philosophie de la médecine II - Santé, maladie, pathologie</t>
   </si>
   <si>
     <t>Dictionnaire d'éthique et de philosophie morale - Tome 1</t>
   </si>
   <si>
     <t>CANTO-SPERBER Monique</t>
   </si>
   <si>
     <t>Dictionnaire d'éthique et de philosophie morale - Tome 2</t>
   </si>
   <si>
     <t>Quarante ans de bioéthique en France</t>
   </si>
   <si>
     <t>Pour une éthique du numérique</t>
   </si>
   <si>
     <t>Comité National Pilote d'Ethique du Numérique</t>
@@ -1509,50 +1501,62 @@
     <t>DUGAST Maxence</t>
   </si>
   <si>
     <t>L'intérêt de la prise en charge de la douleur dans la réussite d'un cliché radiographique.</t>
   </si>
   <si>
     <t>BERTRAND Marion, SERRE Jérémy et VERNAY Théo</t>
   </si>
   <si>
     <t>La question du développement d'une nouvelle approche relationnelle auprès des personnes polyhandicapées dans un cadre de soins - Favoriser l'acceptation des soins</t>
   </si>
   <si>
     <t>VERRONNET Emma</t>
   </si>
   <si>
     <t>Les compétences émotionnelles, un atout dans la résolution de dilemmes éthiques</t>
   </si>
   <si>
     <t>DELOCHE Emilie</t>
   </si>
   <si>
     <t>ZITTOUN Robert et DUPONT Bernard-Marie</t>
   </si>
   <si>
     <t>RUSS Jacqueline et LEGUIL Clotilde</t>
+  </si>
+  <si>
+    <t>La valeur de la santé - Questionnements à la croisée de l'éthique et de l'économie</t>
+  </si>
+  <si>
+    <t>Revue Française d'éthique appliquée - N° 16 - Parler pour les autres ?</t>
+  </si>
+  <si>
+    <t>Revue Française d'éthique appliquée - N° 11 - Etre touché - Ethique, épistémologie et politique des affects en temps de crise</t>
+  </si>
+  <si>
+    <t>Revue Française d'éthique appliquée - N° 12 - L'imagination - Pouvoirs et usages</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
@@ -1627,228 +1631,138 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="22">
+  <cellXfs count="23">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Lien hypertexte" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/BIBLIO/Biblioth&#232;que%20Documentaire%20ERERA.xlsx" TargetMode="External"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///\\chu-clermont\dfs\Partage\Espace_Ethique\BIBLIO\Biblioth&#232;que%20Documentaire%20ERERA.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///H:\BIBLIO\Biblioth&#232;que%20Documentaire%20ERERA.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" mc:Ignorable="x14">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="Listes de Choix"/>
-      <sheetName val="ETHIQUE - GENERALITES"/>
-[...16 lines deleted...]
-      <sheetName val="NOMBRE DE DOCUMENTS"/>
     </sheetNames>
     <sheetDataSet>
-      <sheetData sheetId="0"/>
-[...68 lines deleted...]
-      <sheetData sheetId="19" refreshError="1"/>
+      <sheetData sheetId="0" refreshError="1"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -2311,96 +2225,96 @@
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E9"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozenSplit"/>
       <selection pane="topRight" sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="160.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="90.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="19.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="21" t="s">
+      <c r="A1" s="22" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="21" t="s">
+      <c r="B1" s="22" t="s">
         <v>38</v>
       </c>
-      <c r="C1" s="21" t="s">
+      <c r="C1" s="22" t="s">
         <v>39</v>
       </c>
-      <c r="D1" s="21" t="s">
+      <c r="D1" s="22" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="21" t="s">
+      <c r="E1" s="22" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A2" s="21"/>
-[...3 lines deleted...]
-      <c r="E2" s="21"/>
+      <c r="A2" s="22"/>
+      <c r="B2" s="22"/>
+      <c r="C2" s="22"/>
+      <c r="D2" s="22"/>
+      <c r="E2" s="22"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>333</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>334</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="C4" s="1">
         <v>2023</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>214</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>48</v>
       </c>
       <c r="C5" s="1">
         <v>2001</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E5" s="1" t="s">
@@ -2483,101 +2397,101 @@
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:B2"/>
     <mergeCell ref="C1:C2"/>
     <mergeCell ref="D1:D2"/>
     <mergeCell ref="E1:E2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="3">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
             <xm:f>'Listes de Choix'!$A$2:$A$8</xm:f>
           </x14:formula1>
           <xm:sqref>D3:D4 D6:D9</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
             <xm:f>'Listes de Choix'!$B$2:$B$6</xm:f>
           </x14:formula1>
           <xm:sqref>E3:E9</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
-            <xm:f>'\\chu-clermont\dfs\Partage\Espace_Ethique\BIBLIO\[Bibliothèque Documentaire ERERA.xlsx]Listes de Choix'!#REF!</xm:f>
+            <xm:f>'H:\BIBLIO\[Bibliothèque Documentaire ERERA.xlsx]Listes de Choix'!#REF!</xm:f>
           </x14:formula1>
           <xm:sqref>D5</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E5"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozenSplit"/>
       <selection pane="topRight" sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="72.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="39.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.42578125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="19.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="21" t="s">
+      <c r="A1" s="22" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="21" t="s">
+      <c r="B1" s="22" t="s">
         <v>38</v>
       </c>
-      <c r="C1" s="21" t="s">
+      <c r="C1" s="22" t="s">
         <v>39</v>
       </c>
-      <c r="D1" s="21" t="s">
+      <c r="D1" s="22" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="21" t="s">
+      <c r="E1" s="22" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A2" s="21"/>
-[...3 lines deleted...]
-      <c r="E2" s="21"/>
+      <c r="A2" s="22"/>
+      <c r="B2" s="22"/>
+      <c r="C2" s="22"/>
+      <c r="D2" s="22"/>
+      <c r="E2" s="22"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>131</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>132</v>
       </c>
       <c r="C3" s="1">
         <v>2016</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>64</v>
       </c>
@@ -2639,72 +2553,72 @@
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozenSplit"/>
       <selection pane="topRight" sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="150.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="48" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="19.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="21" t="s">
+      <c r="A1" s="22" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="21" t="s">
+      <c r="B1" s="22" t="s">
         <v>38</v>
       </c>
-      <c r="C1" s="21" t="s">
+      <c r="C1" s="22" t="s">
         <v>39</v>
       </c>
-      <c r="D1" s="21" t="s">
+      <c r="D1" s="22" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="21" t="s">
+      <c r="E1" s="22" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A2" s="21"/>
-[...3 lines deleted...]
-      <c r="E2" s="21"/>
+      <c r="A2" s="22"/>
+      <c r="B2" s="22"/>
+      <c r="C2" s="22"/>
+      <c r="D2" s="22"/>
+      <c r="E2" s="22"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>119</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>63</v>
       </c>
       <c r="C3" s="1">
         <v>2015</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>241</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>242</v>
       </c>
@@ -2789,79 +2703,79 @@
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E4"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozenSplit"/>
       <selection pane="topRight" sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="119.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="45.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="19.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="21" t="s">
+      <c r="A1" s="22" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="21" t="s">
+      <c r="B1" s="22" t="s">
         <v>38</v>
       </c>
-      <c r="C1" s="21" t="s">
+      <c r="C1" s="22" t="s">
         <v>39</v>
       </c>
-      <c r="D1" s="21" t="s">
+      <c r="D1" s="22" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="21" t="s">
+      <c r="E1" s="22" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A2" s="21"/>
-[...3 lines deleted...]
-      <c r="E2" s="21"/>
+      <c r="A2" s="22"/>
+      <c r="B2" s="22"/>
+      <c r="C2" s="22"/>
+      <c r="D2" s="22"/>
+      <c r="E2" s="22"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="C3" s="1">
         <v>2022</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>217</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>83</v>
       </c>
       <c r="C4" s="1">
         <v>2018</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E4" s="1" t="s">
@@ -2898,72 +2812,72 @@
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozenSplit"/>
       <selection pane="topRight" sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="77.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="39.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="19.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="21" t="s">
+      <c r="A1" s="22" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="21" t="s">
+      <c r="B1" s="22" t="s">
         <v>38</v>
       </c>
-      <c r="C1" s="21" t="s">
+      <c r="C1" s="22" t="s">
         <v>39</v>
       </c>
-      <c r="D1" s="21" t="s">
+      <c r="D1" s="22" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="21" t="s">
+      <c r="E1" s="22" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A2" s="21"/>
-[...3 lines deleted...]
-      <c r="E2" s="21"/>
+      <c r="A2" s="22"/>
+      <c r="B2" s="22"/>
+      <c r="C2" s="22"/>
+      <c r="D2" s="22"/>
+      <c r="E2" s="22"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C3" s="1">
         <v>2014</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>227</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>5</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>64</v>
       </c>
@@ -3085,113 +2999,113 @@
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E9"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozenSplit"/>
       <selection pane="topRight" sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="164.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="89.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="19.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="21" t="s">
+      <c r="A1" s="22" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="21" t="s">
+      <c r="B1" s="22" t="s">
         <v>38</v>
       </c>
-      <c r="C1" s="21" t="s">
+      <c r="C1" s="22" t="s">
         <v>39</v>
       </c>
-      <c r="D1" s="21" t="s">
+      <c r="D1" s="22" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="21" t="s">
+      <c r="E1" s="22" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A2" s="21"/>
-[...3 lines deleted...]
-      <c r="E2" s="21"/>
+      <c r="A2" s="22"/>
+      <c r="B2" s="22"/>
+      <c r="C2" s="22"/>
+      <c r="D2" s="22"/>
+      <c r="E2" s="22"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C3" s="1">
         <v>2015</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="20" t="s">
         <v>326</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
       <c r="C4" s="1">
         <v>2010</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A5" s="11" t="s">
         <v>179</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="C5" s="1">
         <v>2018</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>227</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
         <v>310</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>311</v>
       </c>
       <c r="C6" s="1">
         <v>2020</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>214</v>
       </c>
       <c r="E6" s="1" t="s">
@@ -3266,101 +3180,101 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="4">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
             <xm:f>'Listes de Choix'!$A$2:$A$8</xm:f>
           </x14:formula1>
           <xm:sqref>D7:D9 D3 D5</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
             <xm:f>'Listes de Choix'!$B$2:$B$5</xm:f>
           </x14:formula1>
           <xm:sqref>E3:E9</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
             <xm:f>'H:\BIBLIO\[Bibliothèque Documentaire ERERA.xlsx]Listes de Choix'!#REF!</xm:f>
           </x14:formula1>
           <xm:sqref>D6</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
-            <xm:f>'\\chu-clermont\dfs\Partage\Espace_Ethique\BIBLIO\[Bibliothèque Documentaire ERERA.xlsx]Listes de Choix'!#REF!</xm:f>
+            <xm:f>'H:\BIBLIO\[Bibliothèque Documentaire ERERA.xlsx]Listes de Choix'!#REF!</xm:f>
           </x14:formula1>
           <xm:sqref>D4</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozenSplit"/>
       <selection pane="topRight" sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="86.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="39.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.42578125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="19.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="21" t="s">
+      <c r="A1" s="22" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="21" t="s">
+      <c r="B1" s="22" t="s">
         <v>38</v>
       </c>
-      <c r="C1" s="21" t="s">
+      <c r="C1" s="22" t="s">
         <v>39</v>
       </c>
-      <c r="D1" s="21" t="s">
+      <c r="D1" s="22" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="21" t="s">
+      <c r="E1" s="22" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A2" s="21"/>
-[...3 lines deleted...]
-      <c r="E2" s="21"/>
+      <c r="A2" s="22"/>
+      <c r="B2" s="22"/>
+      <c r="C2" s="22"/>
+      <c r="D2" s="22"/>
+      <c r="E2" s="22"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>187</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>188</v>
       </c>
       <c r="C3" s="1">
         <v>2010</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="20" t="s">
         <v>327</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>328</v>
       </c>
@@ -3416,101 +3330,101 @@
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:B2"/>
     <mergeCell ref="C1:C2"/>
     <mergeCell ref="D1:D2"/>
     <mergeCell ref="E1:E2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="3">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
             <xm:f>'Listes de Choix'!$A$2:$A$8</xm:f>
           </x14:formula1>
           <xm:sqref>D3 D5:D6</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
             <xm:f>'Listes de Choix'!$B$2:$B$5</xm:f>
           </x14:formula1>
           <xm:sqref>E3:E6</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
-            <xm:f>'\\chu-clermont\dfs\Partage\Espace_Ethique\BIBLIO\[Bibliothèque Documentaire ERERA.xlsx]Listes de Choix'!#REF!</xm:f>
+            <xm:f>'H:\BIBLIO\[Bibliothèque Documentaire ERERA.xlsx]Listes de Choix'!#REF!</xm:f>
           </x14:formula1>
           <xm:sqref>D4</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E4"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozenSplit"/>
       <selection pane="topRight" sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="38.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="39.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.42578125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="19.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="21" t="s">
+      <c r="A1" s="22" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="21" t="s">
+      <c r="B1" s="22" t="s">
         <v>38</v>
       </c>
-      <c r="C1" s="21" t="s">
+      <c r="C1" s="22" t="s">
         <v>39</v>
       </c>
-      <c r="D1" s="21" t="s">
+      <c r="D1" s="22" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="21" t="s">
+      <c r="E1" s="22" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A2" s="21"/>
-[...3 lines deleted...]
-      <c r="E2" s="21"/>
+      <c r="A2" s="22"/>
+      <c r="B2" s="22"/>
+      <c r="C2" s="22"/>
+      <c r="D2" s="22"/>
+      <c r="E2" s="22"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C3" s="1">
         <v>2015</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>227</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>47</v>
       </c>
@@ -3555,72 +3469,72 @@
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E5"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozenSplit"/>
       <selection pane="topRight" sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="84.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="25.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="19.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="21" t="s">
+      <c r="A1" s="22" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="21" t="s">
+      <c r="B1" s="22" t="s">
         <v>38</v>
       </c>
-      <c r="C1" s="21" t="s">
+      <c r="C1" s="22" t="s">
         <v>39</v>
       </c>
-      <c r="D1" s="21" t="s">
+      <c r="D1" s="22" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="21" t="s">
+      <c r="E1" s="22" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A2" s="21"/>
-[...3 lines deleted...]
-      <c r="E2" s="21"/>
+      <c r="A2" s="22"/>
+      <c r="B2" s="22"/>
+      <c r="C2" s="22"/>
+      <c r="D2" s="22"/>
+      <c r="E2" s="22"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>95</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>96</v>
       </c>
       <c r="C3" s="1">
         <v>2013</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>98</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>97</v>
       </c>
@@ -3681,101 +3595,101 @@
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:C1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="29.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A1" s="9" t="s">
         <v>175</v>
       </c>
       <c r="B1" s="10">
-        <f>COUNTA('ETHIQUE - GENERALITES'!A3:A108)+COUNTA('BIENTRAITANCE - MALTRAITANCE'!A3:A103)+COUNTA(BIOETHIQUE!A3:A101)+COUNTA(COMA!A3:A100)+COUNTA('AUTONOMIE ET CONSENTEMENT'!A3:A100)+COUNTA('DIRECTIVES ANTICIPEES'!A3:A100)+COUNTA('CORPS ET DON D''ORGANES'!A3:A100)+COUNTA('FIN DE VIE ET SOINS PALLIATIFS'!A5:A102)+COUNTA(HANDICAP!A3:A101)+COUNTA('NUMERIQUE - I.A.'!A4:A101)+COUNTA(LAÏCITE!A3:A100)+COUNTA('MALADIES NEURODEGENERATIVES'!A3:A100)+COUNTA('PROCHE ET PERSONNE DE CONFIANCE'!A3:A100)+COUNTA('PERINATALITE ET P.M.A.'!A3:A100)+COUNTA('RESPECT ET DIGNITE'!A3:A100)+COUNTA('SECRET MEDICAL'!A3:A100)+COUNTA('SOINS MORTUAIRES'!A3:A100)</f>
-        <v>237</v>
+        <f>COUNTA('ETHIQUE - GENERALITES'!A3:A109)+COUNTA('BIENTRAITANCE - MALTRAITANCE'!A3:A102)+COUNTA(BIOETHIQUE!A3:A101)+COUNTA(COMA!A3:A100)+COUNTA('AUTONOMIE ET CONSENTEMENT'!A3:A101)+COUNTA('DIRECTIVES ANTICIPEES'!A3:A100)+COUNTA('CORPS ET DON D''ORGANES'!A3:A100)+COUNTA('FIN DE VIE ET SOINS PALLIATIFS'!A5:A101)+COUNTA(HANDICAP!A3:A101)+COUNTA('NUMERIQUE - I.A.'!A4:A101)+COUNTA(LAÏCITE!A3:A100)+COUNTA('MALADIES NEURODEGENERATIVES'!A3:A100)+COUNTA('PROCHE ET PERSONNE DE CONFIANCE'!A3:A100)+COUNTA('PERINATALITE ET P.M.A.'!A3:A100)+COUNTA('RESPECT ET DIGNITE'!A3:A100)+COUNTA('SECRET MEDICAL'!A3:A100)+COUNTA('SOINS MORTUAIRES'!A3:A100)</f>
+        <v>239</v>
       </c>
       <c r="C1" s="10"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:E56"/>
+  <dimension ref="A1:E57"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozenSplit"/>
       <selection pane="topRight" sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="173.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="72" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="25" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="24.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="21" t="s">
+      <c r="A1" s="22" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="21" t="s">
+      <c r="B1" s="22" t="s">
         <v>38</v>
       </c>
-      <c r="C1" s="21" t="s">
+      <c r="C1" s="22" t="s">
         <v>39</v>
       </c>
-      <c r="D1" s="21" t="s">
+      <c r="D1" s="22" t="s">
         <v>223</v>
       </c>
-      <c r="E1" s="21" t="s">
+      <c r="E1" s="22" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="2" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="21"/>
-[...3 lines deleted...]
-      <c r="E2" s="21"/>
+      <c r="A2" s="22"/>
+      <c r="B2" s="22"/>
+      <c r="C2" s="22"/>
+      <c r="D2" s="22"/>
+      <c r="E2" s="22"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="11" t="s">
         <v>335</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>215</v>
       </c>
       <c r="C3" s="1">
         <v>2019</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>336</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>161</v>
       </c>
@@ -3803,54 +3717,54 @@
         <v>13</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>353</v>
       </c>
       <c r="C6" s="1">
         <v>2012</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="C7" s="1">
         <v>2022</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
         <v>366</v>
       </c>
       <c r="B8" s="18" t="s">
         <v>256</v>
       </c>
       <c r="C8" s="1">
         <v>2021</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="1" t="s">
@@ -3871,71 +3785,71 @@
         <v>13</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="2" t="s">
         <v>273</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>274</v>
       </c>
       <c r="C10" s="1">
         <v>2017</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="11" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="C11" s="1">
         <v>1996</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="12" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="C12" s="1">
         <v>1996</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="13" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
         <v>338</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>147</v>
       </c>
       <c r="C13" s="1">
         <v>2017</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="1" t="s">
@@ -4007,775 +3921,792 @@
         <v>227</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="18" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
         <v>369</v>
       </c>
       <c r="B18" s="18" t="s">
         <v>370</v>
       </c>
       <c r="C18" s="1">
         <v>2021</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
-        <v>373</v>
+        <v>360</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>63</v>
+        <v>361</v>
       </c>
       <c r="C19" s="1">
-        <v>2021</v>
+        <v>2013</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
-        <v>360</v>
-[...2 lines deleted...]
-        <v>361</v>
+        <v>363</v>
+      </c>
+      <c r="B20" s="18" t="s">
+        <v>364</v>
       </c>
       <c r="C20" s="1">
-        <v>2013</v>
+        <v>2008</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="E20" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A21" s="2" t="s">
-[...3 lines deleted...]
-        <v>364</v>
+      <c r="A21" s="11" t="s">
+        <v>197</v>
+      </c>
+      <c r="B21" s="2" t="s">
+        <v>198</v>
       </c>
       <c r="C21" s="1">
-        <v>2008</v>
+        <v>2014</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A22" s="11" t="s">
-        <v>197</v>
+        <v>178</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>198</v>
+        <v>422</v>
       </c>
       <c r="C22" s="1">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A23" s="11" t="s">
-        <v>178</v>
+      <c r="A23" s="2" t="s">
+        <v>341</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>424</v>
+        <v>156</v>
       </c>
       <c r="C23" s="1">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A24" s="2" t="s">
-        <v>341</v>
+        <v>257</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>156</v>
+        <v>258</v>
       </c>
       <c r="C24" s="1">
-        <v>2010</v>
+        <v>2018</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A25" s="2" t="s">
-        <v>257</v>
+        <v>342</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>258</v>
+        <v>151</v>
       </c>
       <c r="C25" s="1">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
-        <v>342</v>
+        <v>423</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>151</v>
+        <v>63</v>
       </c>
       <c r="C26" s="1">
-        <v>2015</v>
+        <v>2024</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
         <v>205</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C27" s="1">
         <v>2004</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="28" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A28" s="2" t="s">
         <v>356</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>357</v>
       </c>
       <c r="C28" s="1">
         <v>2006</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E28" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="29" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A29" t="s">
+      <c r="A29" s="21" t="s">
         <v>117</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="1">
         <v>2015</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E29" s="1" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="30" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A30" t="s">
+      <c r="A30" s="21" t="s">
         <v>78</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>277</v>
       </c>
       <c r="C30" s="1">
         <v>2015</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E30" s="1" t="s">
         <v>228</v>
       </c>
     </row>
-    <row r="31" spans="1:5" ht="18" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="2" t="s">
         <v>365</v>
       </c>
       <c r="B31" s="18" t="s">
         <v>256</v>
       </c>
       <c r="C31" s="1">
         <v>2018</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="32" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A32" s="2" t="s">
-        <v>390</v>
+        <v>358</v>
       </c>
       <c r="B32" s="18" t="s">
-        <v>407</v>
+        <v>359</v>
       </c>
       <c r="C32" s="1">
-        <v>2022</v>
+        <v>2003</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="E32" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="33" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A33" s="2" t="s">
-        <v>358</v>
+        <v>388</v>
       </c>
       <c r="B33" s="18" t="s">
-        <v>359</v>
+        <v>405</v>
       </c>
       <c r="C33" s="1">
-        <v>2003</v>
+        <v>2022</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="34" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A34" s="2" t="s">
         <v>354</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>355</v>
       </c>
       <c r="C34" s="1">
         <v>2011</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E34" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="35" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A35" s="2" t="s">
-        <v>374</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>367</v>
+      </c>
+      <c r="B35" s="18" t="s">
+        <v>368</v>
       </c>
       <c r="C35" s="1">
         <v>2021</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="36" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A36" s="2" t="s">
-[...3 lines deleted...]
-        <v>368</v>
+      <c r="A36" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B36" s="2" t="s">
+        <v>58</v>
       </c>
       <c r="C36" s="1">
-        <v>2021</v>
+        <v>1978</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
     </row>
     <row r="37" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A37" s="6" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>58</v>
       </c>
       <c r="C37" s="1">
-        <v>1978</v>
+        <v>1994</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="1" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="38" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A38" s="6" t="s">
-        <v>56</v>
+      <c r="A38" s="2" t="s">
+        <v>270</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>58</v>
+        <v>271</v>
       </c>
       <c r="C38" s="1">
-        <v>1994</v>
+        <v>2018</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
     </row>
     <row r="39" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A39" s="11" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="C39" s="1">
         <v>2007</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="40" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A40" s="2" t="s">
-        <v>270</v>
+        <v>259</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>271</v>
+        <v>260</v>
       </c>
       <c r="C40" s="1">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="1" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="41" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A41" s="2" t="s">
-        <v>259</v>
-[...2 lines deleted...]
-        <v>260</v>
+        <v>373</v>
+      </c>
+      <c r="B41" s="2" t="s">
+        <v>374</v>
       </c>
       <c r="C41" s="1">
-        <v>2017</v>
+        <v>2011</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
     </row>
     <row r="42" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A42" s="2" t="s">
         <v>375</v>
       </c>
-      <c r="B42" s="2" t="s">
-        <v>376</v>
+      <c r="B42" s="19" t="s">
+        <v>396</v>
       </c>
       <c r="C42" s="1">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="43" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A43" s="2" t="s">
-        <v>377</v>
+        <v>343</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>398</v>
+        <v>153</v>
       </c>
       <c r="C43" s="1">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="44" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A44" s="2" t="s">
-        <v>343</v>
+        <v>79</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>153</v>
+        <v>80</v>
       </c>
       <c r="C44" s="1">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="E44" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="45" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A45" s="2" t="s">
-        <v>79</v>
+        <v>118</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>80</v>
+        <v>116</v>
       </c>
       <c r="C45" s="1">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E45" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="46" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A46" s="2" t="s">
-        <v>118</v>
+        <v>235</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>2013</v>
+        <v>236</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>41</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="47" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A47" s="2" t="s">
-        <v>235</v>
+        <v>425</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>63</v>
+      </c>
+      <c r="C47" s="1">
+        <v>2021</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
     </row>
     <row r="48" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A48" s="2" t="s">
-        <v>216</v>
+        <v>426</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>83</v>
+        <v>63</v>
       </c>
       <c r="C48" s="1">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="E48" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="49" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A49" s="2" t="s">
-        <v>181</v>
+        <v>216</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>180</v>
+        <v>83</v>
       </c>
       <c r="C49" s="1">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="E49" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="50" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A50" s="2" t="s">
-        <v>169</v>
+        <v>181</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>153</v>
+        <v>180</v>
       </c>
       <c r="C50" s="1">
-        <v>1990</v>
+        <v>2016</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="51" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A51" s="2" t="s">
-        <v>344</v>
+        <v>169</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="C51" s="1">
-        <v>1896</v>
+        <v>1990</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="52" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A52" s="2" t="s">
-        <v>66</v>
+        <v>344</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>158</v>
+      </c>
+      <c r="C52" s="1">
+        <v>1896</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>227</v>
+        <v>13</v>
       </c>
       <c r="E52" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="53" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A53" s="2" t="s">
-        <v>261</v>
+        <v>66</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>262</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>63</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>41</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>13</v>
+        <v>227</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
     </row>
     <row r="54" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A54" s="2" t="s">
-        <v>388</v>
+        <v>261</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>389</v>
+        <v>262</v>
       </c>
       <c r="C54" s="1">
-        <v>2022</v>
+        <v>2012</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>248</v>
+        <v>226</v>
       </c>
     </row>
     <row r="55" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A55" s="2" t="s">
-        <v>362</v>
-[...2 lines deleted...]
-        <v>395</v>
+        <v>386</v>
+      </c>
+      <c r="B55" s="2" t="s">
+        <v>387</v>
       </c>
       <c r="C55" s="1">
-        <v>2009</v>
+        <v>2022</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>225</v>
+        <v>248</v>
       </c>
     </row>
     <row r="56" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A56" s="2" t="s">
+        <v>362</v>
+      </c>
+      <c r="B56" s="18" t="s">
+        <v>393</v>
+      </c>
+      <c r="C56" s="1">
+        <v>2009</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" s="1" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A57" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="B56" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C56" s="1">
+      <c r="B57" s="2" t="s">
+        <v>394</v>
+      </c>
+      <c r="C57" s="1">
         <v>2003</v>
       </c>
-      <c r="D56" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E56" s="1" t="s">
+      <c r="D57" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" s="1" t="s">
         <v>225</v>
       </c>
     </row>
   </sheetData>
-  <sortState ref="A4:E52">
+  <sortState ref="A4:E57">
     <sortCondition ref="A3"/>
   </sortState>
   <dataConsolidate/>
   <mergeCells count="5">
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:B2"/>
     <mergeCell ref="C1:C2"/>
     <mergeCell ref="D1:D2"/>
     <mergeCell ref="E1:E2"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="A37" r:id="rId1" display="http://www.legifrance.gouv.fr/affichTexte.do?cidTexte=JORFTEXT000000886460"/>
-    <hyperlink ref="A38" r:id="rId2" display="http://www.legifrance.gouv.fr/affichTexte.do?cidTexte=JORFTEXT000000547135&amp;fastPos=1&amp;fastReqId=1583943718&amp;categorieLien=id&amp;oldAction=rechTexte"/>
+    <hyperlink ref="A36" r:id="rId1" display="http://www.legifrance.gouv.fr/affichTexte.do?cidTexte=JORFTEXT000000886460"/>
+    <hyperlink ref="A37" r:id="rId2" display="http://www.legifrance.gouv.fr/affichTexte.do?cidTexte=JORFTEXT000000547135&amp;fastPos=1&amp;fastReqId=1583943718&amp;categorieLien=id&amp;oldAction=rechTexte"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0" right="0" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId3"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
             <xm:f>'Listes de Choix'!$A$2:$A$9</xm:f>
           </x14:formula1>
-          <xm:sqref>D56 D3:D52</xm:sqref>
+          <xm:sqref>D57 D3:D53</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
             <xm:f>'Listes de Choix'!$B$2:$B$6</xm:f>
           </x14:formula1>
-          <xm:sqref>E3:E56</xm:sqref>
+          <xm:sqref>E3:E57</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:E23"/>
+  <dimension ref="A1:E24"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozenSplit"/>
       <selection pane="topRight" sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="95" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="39.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="19.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="21" t="s">
+      <c r="A1" s="22" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="21" t="s">
+      <c r="B1" s="22" t="s">
         <v>38</v>
       </c>
-      <c r="C1" s="21" t="s">
+      <c r="C1" s="22" t="s">
         <v>39</v>
       </c>
-      <c r="D1" s="21" t="s">
+      <c r="D1" s="22" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="21" t="s">
+      <c r="E1" s="22" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A2" s="21"/>
-[...3 lines deleted...]
-      <c r="E2" s="21"/>
+      <c r="A2" s="22"/>
+      <c r="B2" s="22"/>
+      <c r="C2" s="22"/>
+      <c r="D2" s="22"/>
+      <c r="E2" s="22"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>345</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>155</v>
       </c>
       <c r="C3" s="1">
         <v>2009</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>165</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>166</v>
       </c>
@@ -5006,186 +4937,203 @@
       <c r="D17" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="18" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
         <v>146</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>147</v>
       </c>
       <c r="C18" s="1">
         <v>2017</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A19" s="2" t="s">
-        <v>349</v>
+      <c r="A19" s="16" t="s">
+        <v>424</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>147</v>
+        <v>63</v>
       </c>
       <c r="C19" s="1">
-        <v>2004</v>
+        <v>2024</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>160</v>
+        <v>147</v>
       </c>
       <c r="C20" s="1">
-        <v>2016</v>
+        <v>2004</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A21" s="2" t="s">
+        <v>351</v>
+      </c>
+      <c r="B21" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="C21" s="1">
+        <v>2016</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" s="1" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A22" s="2" t="s">
         <v>350</v>
       </c>
-      <c r="B21" s="2" t="s">
+      <c r="B22" s="2" t="s">
         <v>147</v>
       </c>
-      <c r="C21" s="1">
+      <c r="C22" s="1">
         <v>2017</v>
       </c>
-      <c r="D21" s="1" t="s">
-[...7 lines deleted...]
-      <c r="A23" s="8"/>
+      <c r="D22" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A24" s="8"/>
     </row>
   </sheetData>
   <sortState ref="A3:E52">
     <sortCondition ref="A3"/>
   </sortState>
   <dataConsolidate/>
   <mergeCells count="5">
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:B2"/>
     <mergeCell ref="C1:C2"/>
     <mergeCell ref="D1:D2"/>
     <mergeCell ref="E1:E2"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0" right="0" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="3">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
             <xm:f>'Listes de Choix'!$A$2:$A$9</xm:f>
           </x14:formula1>
-          <xm:sqref>D3:D9 D11:D21</xm:sqref>
+          <xm:sqref>D3:D9 D11:D22</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
             <xm:f>'H:\BIBLIO\[Bibliothèque Documentaire ERERA.xlsx]Listes de Choix'!#REF!</xm:f>
           </x14:formula1>
           <xm:sqref>D10</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
             <xm:f>'Listes de Choix'!$B$2:$B$6</xm:f>
           </x14:formula1>
-          <xm:sqref>E3:E21</xm:sqref>
+          <xm:sqref>E3:E22</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E22"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozenSplit"/>
       <selection pane="topRight" sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="112.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="56" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="24.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="21" t="s">
+      <c r="A1" s="22" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="21" t="s">
+      <c r="B1" s="22" t="s">
         <v>38</v>
       </c>
-      <c r="C1" s="21" t="s">
+      <c r="C1" s="22" t="s">
         <v>39</v>
       </c>
-      <c r="D1" s="21" t="s">
+      <c r="D1" s="22" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="21" t="s">
+      <c r="E1" s="22" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A2" s="21"/>
-[...3 lines deleted...]
-      <c r="E2" s="21"/>
+      <c r="A2" s="22"/>
+      <c r="B2" s="22"/>
+      <c r="C2" s="22"/>
+      <c r="D2" s="22"/>
+      <c r="E2" s="22"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>240</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>239</v>
       </c>
       <c r="C3" s="1">
         <v>2015</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>172</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>171</v>
       </c>
@@ -5216,204 +5164,204 @@
         <v>225</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
         <v>284</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>285</v>
       </c>
       <c r="C6" s="1">
         <v>2016</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>213</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="C7" s="1">
         <v>1979</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
         <v>314</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>315</v>
       </c>
       <c r="C8" s="1">
         <v>2021</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>214</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>249</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>250</v>
       </c>
       <c r="C9" s="1">
         <v>2010</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="2" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="C10" s="1">
         <v>2022</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>214</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="11" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
         <v>290</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>292</v>
       </c>
       <c r="C11" s="1">
         <v>2009</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="12" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
         <v>237</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>238</v>
       </c>
       <c r="C12" s="1">
         <v>2015</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="13" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="C13" s="1">
         <v>2023</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>214</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="14" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="2" t="s">
         <v>199</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>200</v>
       </c>
       <c r="C14" s="1">
         <v>2011</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="15" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A15" s="2" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="C15" s="1">
         <v>2023</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>214</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
         <v>372</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="C16" s="1">
         <v>2021</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
         <v>282</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>283</v>
       </c>
       <c r="C17" s="1">
         <v>2011</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="1" t="s">
@@ -5484,51 +5432,51 @@
       <c r="D21" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E21" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
         <v>243</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>242</v>
       </c>
       <c r="C22" s="1">
         <v>2015</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="1" t="s">
         <v>226</v>
       </c>
     </row>
   </sheetData>
-  <sortState ref="A3:E19">
+  <sortState ref="A3:E23">
     <sortCondition ref="A3"/>
   </sortState>
   <dataConsolidate/>
   <mergeCells count="5">
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:B2"/>
     <mergeCell ref="C1:C2"/>
     <mergeCell ref="D1:D2"/>
     <mergeCell ref="E1:E2"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0" right="0" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
             <xm:f>'Listes de Choix'!$A$2:$A$9</xm:f>
           </x14:formula1>
           <xm:sqref>D3:D22</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
             <xm:f>'Listes de Choix'!$B$2:$B$6</xm:f>
@@ -5538,72 +5486,72 @@
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E46"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozenSplit"/>
       <selection pane="topRight" sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="205.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="70.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="25" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="24.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="21" t="s">
+      <c r="A1" s="22" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="21" t="s">
+      <c r="B1" s="22" t="s">
         <v>38</v>
       </c>
-      <c r="C1" s="21" t="s">
+      <c r="C1" s="22" t="s">
         <v>39</v>
       </c>
-      <c r="D1" s="21" t="s">
+      <c r="D1" s="22" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="21" t="s">
+      <c r="E1" s="22" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A2" s="21"/>
-[...3 lines deleted...]
-      <c r="E2" s="21"/>
+      <c r="A2" s="22"/>
+      <c r="B2" s="22"/>
+      <c r="C2" s="22"/>
+      <c r="D2" s="22"/>
+      <c r="E2" s="22"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>329</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>162</v>
       </c>
       <c r="C3" s="1">
         <v>2015</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>135</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>134</v>
       </c>
@@ -5702,51 +5650,51 @@
         <v>225</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="16" t="s">
         <v>231</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>232</v>
       </c>
       <c r="C10" s="1">
         <v>1996</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="11" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="C11" s="1">
         <v>2002</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="12" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="11" t="s">
         <v>229</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>230</v>
       </c>
       <c r="C12" s="1">
         <v>1999</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="1" t="s">
@@ -6042,119 +5990,119 @@
         <v>228</v>
       </c>
     </row>
     <row r="30" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A30" s="7" t="s">
         <v>55</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>58</v>
       </c>
       <c r="C30" s="1">
         <v>1994</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="1" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="31" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A31" s="12" t="s">
         <v>193</v>
       </c>
       <c r="B31" s="13" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="C31" s="14">
         <v>2002</v>
       </c>
       <c r="D31" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="32" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A32" s="16" t="s">
         <v>233</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>234</v>
       </c>
       <c r="C32" s="1">
         <v>2007</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="1" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="33" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A33" s="12" t="s">
         <v>191</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="C33" s="1">
         <v>2009</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="34" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A34" s="12" t="s">
         <v>196</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="C34" s="1">
         <v>2002</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="35" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A35" s="16" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="C35" s="1">
         <v>2023</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="36" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A36" s="12" t="s">
         <v>272</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>68</v>
       </c>
       <c r="C36" s="1">
         <v>2018</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E36" s="1" t="s">
@@ -6178,51 +6126,51 @@
         <v>225</v>
       </c>
     </row>
     <row r="38" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A38" s="2" t="s">
         <v>138</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>137</v>
       </c>
       <c r="C38" s="1">
         <v>2012</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="39" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A39" s="2" t="s">
         <v>267</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="C39" s="1">
         <v>2017</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="1" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="40" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A40" s="2" t="s">
         <v>211</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>212</v>
       </c>
       <c r="C40" s="1">
         <v>2011</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="1" t="s">
@@ -6346,96 +6294,96 @@
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E9"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozenSplit"/>
       <selection pane="topRight" sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="112.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="94.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="19.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="21" t="s">
+      <c r="A1" s="22" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="21" t="s">
+      <c r="B1" s="22" t="s">
         <v>38</v>
       </c>
-      <c r="C1" s="21" t="s">
+      <c r="C1" s="22" t="s">
         <v>39</v>
       </c>
-      <c r="D1" s="21" t="s">
+      <c r="D1" s="22" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="21" t="s">
+      <c r="E1" s="22" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A2" s="21"/>
-[...3 lines deleted...]
-      <c r="E2" s="21"/>
+      <c r="A2" s="22"/>
+      <c r="B2" s="22"/>
+      <c r="C2" s="22"/>
+      <c r="D2" s="22"/>
+      <c r="E2" s="22"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>102</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>103</v>
       </c>
       <c r="C3" s="1">
         <v>2007</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>104</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="C4" s="1">
         <v>2014</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>298</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>300</v>
       </c>
       <c r="C5" s="1">
         <v>1996</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="1" t="s">
@@ -6476,51 +6424,51 @@
         <v>228</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
         <v>109</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>110</v>
       </c>
       <c r="C8" s="1">
         <v>2014</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>299</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="C9" s="1">
         <v>2015</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>225</v>
       </c>
     </row>
   </sheetData>
   <sortState ref="A4:E23">
     <sortCondition ref="A3"/>
   </sortState>
   <dataConsolidate/>
   <mergeCells count="5">
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:B2"/>
     <mergeCell ref="C1:C2"/>
     <mergeCell ref="D1:D2"/>
     <mergeCell ref="E1:E2"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0" right="0" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
@@ -6549,72 +6497,72 @@
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozenSplit"/>
       <selection pane="topRight" sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="95.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="83.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.42578125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="24.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="21" t="s">
+      <c r="A1" s="22" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="21" t="s">
+      <c r="B1" s="22" t="s">
         <v>38</v>
       </c>
-      <c r="C1" s="21" t="s">
+      <c r="C1" s="22" t="s">
         <v>39</v>
       </c>
-      <c r="D1" s="21" t="s">
+      <c r="D1" s="22" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="21" t="s">
+      <c r="E1" s="22" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A2" s="21"/>
-[...3 lines deleted...]
-      <c r="E2" s="21"/>
+      <c r="A2" s="22"/>
+      <c r="B2" s="22"/>
+      <c r="C2" s="22"/>
+      <c r="D2" s="22"/>
+      <c r="E2" s="22"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>330</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>154</v>
       </c>
       <c r="C3" s="1">
         <v>2008</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>268</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>269</v>
       </c>
@@ -6645,51 +6593,51 @@
         <v>228</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
         <v>331</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>150</v>
       </c>
       <c r="C6" s="1">
         <v>2016</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
         <v>73</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="C7" s="1">
         <v>2004</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="16" t="s">
         <v>139</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>140</v>
       </c>
       <c r="C8" s="1">
         <v>1994</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="1" t="s">
@@ -6747,72 +6695,72 @@
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E13"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozenSplit"/>
       <selection pane="topRight" sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="146.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="53.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="19.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="21" t="s">
+      <c r="A1" s="22" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="21" t="s">
+      <c r="B1" s="22" t="s">
         <v>38</v>
       </c>
-      <c r="C1" s="21" t="s">
+      <c r="C1" s="22" t="s">
         <v>39</v>
       </c>
-      <c r="D1" s="21" t="s">
+      <c r="D1" s="22" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="21" t="s">
+      <c r="E1" s="22" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A2" s="21"/>
-[...3 lines deleted...]
-      <c r="E2" s="21"/>
+      <c r="A2" s="22"/>
+      <c r="B2" s="22"/>
+      <c r="C2" s="22"/>
+      <c r="D2" s="22"/>
+      <c r="E2" s="22"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>130</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>129</v>
       </c>
       <c r="C3" s="1">
         <v>2016</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>301</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>303</v>
       </c>
@@ -6992,199 +6940,199 @@
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A12" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2" display="Directives anticipées - Document destiné aux professionnels de santé et du secteur médico-social et social"/>
     <hyperlink ref="A7" r:id="rId3" display="Les Directives Anticipées Concernant les Situations de Fin de Vie "/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId4"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="4">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
             <xm:f>'Listes de Choix'!$A$2:$A$9</xm:f>
           </x14:formula1>
           <xm:sqref>D8:D9 D3:D4 D11:D13</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
             <xm:f>'H:\BIBLIO\[Bibliothèque Documentaire ERERA.xlsx]Listes de Choix'!#REF!</xm:f>
           </x14:formula1>
           <xm:sqref>D10 D6</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
-            <xm:f>'\\chu-clermont\dfs\Partage\Espace_Ethique\BIBLIO\[Bibliothèque Documentaire ERERA.xlsx]Listes de Choix'!#REF!</xm:f>
+            <xm:f>'H:\BIBLIO\[Bibliothèque Documentaire ERERA.xlsx]Listes de Choix'!#REF!</xm:f>
           </x14:formula1>
           <xm:sqref>D5 D7</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
             <xm:f>'Listes de Choix'!$B$2:$B$6</xm:f>
           </x14:formula1>
           <xm:sqref>E3:E13</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E44"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozenSplit"/>
       <selection pane="topRight" sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="186.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="134.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="19.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="21" t="s">
+      <c r="A1" s="22" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="21" t="s">
+      <c r="B1" s="22" t="s">
         <v>38</v>
       </c>
-      <c r="C1" s="21" t="s">
+      <c r="C1" s="22" t="s">
         <v>39</v>
       </c>
-      <c r="D1" s="21" t="s">
+      <c r="D1" s="22" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="21" t="s">
+      <c r="E1" s="22" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A2" s="21"/>
-[...3 lines deleted...]
-      <c r="E2" s="21"/>
+      <c r="A2" s="22"/>
+      <c r="B2" s="22"/>
+      <c r="C2" s="22"/>
+      <c r="D2" s="22"/>
+      <c r="E2" s="22"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="C3" s="1">
         <v>2023</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>214</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>227</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>89</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>90</v>
       </c>
       <c r="C5" s="1">
         <v>2014</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>91</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="C6" s="1">
         <v>2014</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="20" t="s">
         <v>102</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>103</v>
       </c>
       <c r="C7" s="1">
         <v>2007</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="11" t="s">
         <v>286</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="C8" s="1">
         <v>2020</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
         <v>111</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>112</v>
       </c>
       <c r="C9" s="1">
         <v>2014</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="1" t="s">
@@ -7208,51 +7156,51 @@
         <v>225</v>
       </c>
     </row>
     <row r="11" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C11" s="1">
         <v>2013</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="12" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
         <v>371</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="C12" s="1">
         <v>2021</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="13" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
         <v>62</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>63</v>
       </c>
       <c r="C13" s="1">
         <v>2014</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>227</v>
       </c>
       <c r="E13" s="1" t="s">
@@ -7395,51 +7343,51 @@
         <v>228</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
         <v>115</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>58</v>
       </c>
       <c r="C22" s="1">
         <v>2015</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E22" s="1" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
         <v>86</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="C23" s="1">
         <v>2007</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A24" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>227</v>
       </c>
       <c r="E24" s="1" t="s">
@@ -7731,120 +7679,114 @@
       <c r="D41" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E41" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="42" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A42" s="2" t="s">
         <v>67</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>68</v>
       </c>
       <c r="C42" s="1">
         <v>2014</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E42" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="43" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A43" t="s">
+      <c r="A43" s="21" t="s">
         <v>92</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C43" s="1">
         <v>2014</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E43" s="1" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="44" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A44" t="s">
+      <c r="A44" s="21" t="s">
         <v>93</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>94</v>
       </c>
       <c r="C44" s="1">
         <v>2014</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E44" s="1" t="s">
         <v>228</v>
       </c>
     </row>
   </sheetData>
-  <sortState ref="A3:E42">
+  <sortState ref="A4:E45">
     <sortCondition ref="A3"/>
   </sortState>
   <mergeCells count="5">
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:B2"/>
     <mergeCell ref="C1:C2"/>
     <mergeCell ref="D1:D2"/>
     <mergeCell ref="E1:E2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A37" r:id="rId1"/>
     <hyperlink ref="A38" r:id="rId2" display="Loi nnn"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId3"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
-      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="4">
+      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="3">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
             <xm:f>'Listes de Choix'!$A$2:$A$9</xm:f>
           </x14:formula1>
-          <xm:sqref>D42:D44 D36:D39 D3:D26 D28:D33</xm:sqref>
+          <xm:sqref>D36:D39 D3:D26 D28:D33 D42:D44</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
             <xm:f>'H:\BIBLIO\[Bibliothèque Documentaire ERERA.xlsx]Listes de Choix'!#REF!</xm:f>
           </x14:formula1>
-          <xm:sqref>D34 D40</xm:sqref>
-[...5 lines deleted...]
-          <xm:sqref>D27 D35 D41</xm:sqref>
+          <xm:sqref>D27 D34:D35 D40:D41</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
             <xm:f>'Listes de Choix'!$B$2:$B$6</xm:f>
           </x14:formula1>
           <xm:sqref>E3:E44</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>19</vt:i4>