--- v1 (2025-12-17)
+++ v2 (2026-02-27)
@@ -55,65 +55,65 @@
     <sheet name="ETHIQUE - GENERALITES" sheetId="23" r:id="rId2"/>
     <sheet name="AUTONOMIE ET CONSENTEMENT" sheetId="1" r:id="rId3"/>
     <sheet name="BIENTRAITANCE - MALTRAITANCE" sheetId="16" r:id="rId4"/>
     <sheet name="BIOETHIQUE" sheetId="15" r:id="rId5"/>
     <sheet name="COMA" sheetId="21" r:id="rId6"/>
     <sheet name="CORPS ET DON D'ORGANES" sheetId="4" r:id="rId7"/>
     <sheet name="DIRECTIVES ANTICIPEES" sheetId="3" r:id="rId8"/>
     <sheet name="FIN DE VIE ET SOINS PALLIATIFS" sheetId="17" r:id="rId9"/>
     <sheet name="HANDICAP" sheetId="18" r:id="rId10"/>
     <sheet name="LAÏCITE" sheetId="6" r:id="rId11"/>
     <sheet name="MALADIES NEURODEGENERATIVES" sheetId="22" r:id="rId12"/>
     <sheet name="NUMERIQUE - I.A." sheetId="26" r:id="rId13"/>
     <sheet name="PROCHE ET PERSONNE DE CONFIANCE" sheetId="7" r:id="rId14"/>
     <sheet name="PERINATALITE ET P.M.A." sheetId="14" r:id="rId15"/>
     <sheet name="RESPECT ET DIGNITE" sheetId="9" r:id="rId16"/>
     <sheet name="SECRET MEDICAL" sheetId="10" r:id="rId17"/>
     <sheet name="SOINS MORTUAIRES" sheetId="20" r:id="rId18"/>
     <sheet name="NOMBRE DE DOCUMENTS" sheetId="24" r:id="rId19"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId20"/>
   </externalReferences>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'BIENTRAITANCE - MALTRAITANCE'!$A$1:$E$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="1">BIOETHIQUE!$A$1:$E$46</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'ETHIQUE - GENERALITES'!$A$1:$E$57</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'ETHIQUE - GENERALITES'!$A$1:$E$67</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="1">'FIN DE VIE ET SOINS PALLIATIFS'!$A$1:$E$43</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="B1" i="24" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1075" uniqueCount="427">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1115" uniqueCount="444">
   <si>
     <t>TITRE</t>
   </si>
   <si>
     <t>TYPE</t>
   </si>
   <si>
     <t>Le respect</t>
   </si>
   <si>
     <t>Fiche du G.R.E.C.</t>
   </si>
   <si>
     <t>Le maintien ou la restauration du sentiment de dignité : une dimension essentielle du soin</t>
   </si>
   <si>
     <t>La notion de "proche"</t>
   </si>
   <si>
     <t>Elle accompagne... Elle assiste... Elle peut aider... Qui est-elle ?</t>
   </si>
   <si>
     <t>Le consentement dans les soins</t>
   </si>
   <si>
@@ -1513,50 +1513,127 @@
     <t>VERRONNET Emma</t>
   </si>
   <si>
     <t>Les compétences émotionnelles, un atout dans la résolution de dilemmes éthiques</t>
   </si>
   <si>
     <t>DELOCHE Emilie</t>
   </si>
   <si>
     <t>ZITTOUN Robert et DUPONT Bernard-Marie</t>
   </si>
   <si>
     <t>RUSS Jacqueline et LEGUIL Clotilde</t>
   </si>
   <si>
     <t>La valeur de la santé - Questionnements à la croisée de l'éthique et de l'économie</t>
   </si>
   <si>
     <t>Revue Française d'éthique appliquée - N° 16 - Parler pour les autres ?</t>
   </si>
   <si>
     <t>Revue Française d'éthique appliquée - N° 11 - Etre touché - Ethique, épistémologie et politique des affects en temps de crise</t>
   </si>
   <si>
     <t>Revue Française d'éthique appliquée - N° 12 - L'imagination - Pouvoirs et usages</t>
+  </si>
+  <si>
+    <t>De l'espace et du temps pour la réflexion éthique</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">HAZIF-THOMAS Cyril </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>et al.</t>
+    </r>
+  </si>
+  <si>
+    <t>Ethique et management en santé - Quelle(s) éthique(s) pour quel(s) management(s) en santé ?</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">BAZIN Jean-Etienne, CAMIER-LEMOINE Elodie </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>et al.</t>
+    </r>
+  </si>
+  <si>
+    <t>L'alibi éthique</t>
+  </si>
+  <si>
+    <t>Soigner, un choix d'humanité</t>
+  </si>
+  <si>
+    <t>MARMILLOUD Laure</t>
+  </si>
+  <si>
+    <t>Innovations pédagogiques en éthique de la santé - Journal International de Bioéthique et d'Ethique des Sciences</t>
+  </si>
+  <si>
+    <t>Fondements philosophiques de l'éthique médicale</t>
+  </si>
+  <si>
+    <t>Des patients tout-puissants ?</t>
+  </si>
+  <si>
+    <t>DREYFUSS Didier, LEMAIRE François et OUTIN Hervé-Dominique</t>
+  </si>
+  <si>
+    <t>Histoire de l'éthique médicale et infirmière</t>
+  </si>
+  <si>
+    <t>DURAND Guy, DUPLANTIE André, LAROCHE Yvon et LAUDY Danielle</t>
+  </si>
+  <si>
+    <t>Hippocrate, au secours ! - Comment bâtir un système de santé durable</t>
+  </si>
+  <si>
+    <t>TOMA Olivier</t>
+  </si>
+  <si>
+    <t>L'être éthique</t>
+  </si>
+  <si>
+    <t>SOLER André</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
@@ -1677,58 +1754,56 @@
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Lien hypertexte" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///H:\BIBLIO\Biblioth&#232;que%20Documentaire%20ERERA.xlsx" TargetMode="External"/></Relationships>
 </file>
@@ -2225,72 +2300,72 @@
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E9"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozenSplit"/>
       <selection pane="topRight" sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="160.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="90.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="19.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="22" t="s">
+      <c r="A1" s="21" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="22" t="s">
+      <c r="B1" s="21" t="s">
         <v>38</v>
       </c>
-      <c r="C1" s="22" t="s">
+      <c r="C1" s="21" t="s">
         <v>39</v>
       </c>
-      <c r="D1" s="22" t="s">
+      <c r="D1" s="21" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="22" t="s">
+      <c r="E1" s="21" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A2" s="22"/>
-[...3 lines deleted...]
-      <c r="E2" s="22"/>
+      <c r="A2" s="21"/>
+      <c r="B2" s="21"/>
+      <c r="C2" s="21"/>
+      <c r="D2" s="21"/>
+      <c r="E2" s="21"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>333</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>334</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>417</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>418</v>
       </c>
@@ -2426,72 +2501,72 @@
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E5"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozenSplit"/>
       <selection pane="topRight" sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="72.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="39.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.42578125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="19.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="22" t="s">
+      <c r="A1" s="21" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="22" t="s">
+      <c r="B1" s="21" t="s">
         <v>38</v>
       </c>
-      <c r="C1" s="22" t="s">
+      <c r="C1" s="21" t="s">
         <v>39</v>
       </c>
-      <c r="D1" s="22" t="s">
+      <c r="D1" s="21" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="22" t="s">
+      <c r="E1" s="21" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A2" s="22"/>
-[...3 lines deleted...]
-      <c r="E2" s="22"/>
+      <c r="A2" s="21"/>
+      <c r="B2" s="21"/>
+      <c r="C2" s="21"/>
+      <c r="D2" s="21"/>
+      <c r="E2" s="21"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>131</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>132</v>
       </c>
       <c r="C3" s="1">
         <v>2016</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>64</v>
       </c>
@@ -2553,72 +2628,72 @@
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozenSplit"/>
       <selection pane="topRight" sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="150.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="48" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="19.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="22" t="s">
+      <c r="A1" s="21" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="22" t="s">
+      <c r="B1" s="21" t="s">
         <v>38</v>
       </c>
-      <c r="C1" s="22" t="s">
+      <c r="C1" s="21" t="s">
         <v>39</v>
       </c>
-      <c r="D1" s="22" t="s">
+      <c r="D1" s="21" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="22" t="s">
+      <c r="E1" s="21" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A2" s="22"/>
-[...3 lines deleted...]
-      <c r="E2" s="22"/>
+      <c r="A2" s="21"/>
+      <c r="B2" s="21"/>
+      <c r="C2" s="21"/>
+      <c r="D2" s="21"/>
+      <c r="E2" s="21"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>119</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>63</v>
       </c>
       <c r="C3" s="1">
         <v>2015</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>241</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>242</v>
       </c>
@@ -2703,72 +2778,72 @@
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E4"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozenSplit"/>
       <selection pane="topRight" sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="119.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="45.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="19.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="22" t="s">
+      <c r="A1" s="21" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="22" t="s">
+      <c r="B1" s="21" t="s">
         <v>38</v>
       </c>
-      <c r="C1" s="22" t="s">
+      <c r="C1" s="21" t="s">
         <v>39</v>
       </c>
-      <c r="D1" s="22" t="s">
+      <c r="D1" s="21" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="22" t="s">
+      <c r="E1" s="21" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A2" s="22"/>
-[...3 lines deleted...]
-      <c r="E2" s="22"/>
+      <c r="A2" s="21"/>
+      <c r="B2" s="21"/>
+      <c r="C2" s="21"/>
+      <c r="D2" s="21"/>
+      <c r="E2" s="21"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>380</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>381</v>
       </c>
       <c r="C3" s="1">
         <v>2022</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>217</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>83</v>
       </c>
@@ -2812,72 +2887,72 @@
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozenSplit"/>
       <selection pane="topRight" sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="77.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="39.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="19.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="22" t="s">
+      <c r="A1" s="21" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="22" t="s">
+      <c r="B1" s="21" t="s">
         <v>38</v>
       </c>
-      <c r="C1" s="22" t="s">
+      <c r="C1" s="21" t="s">
         <v>39</v>
       </c>
-      <c r="D1" s="22" t="s">
+      <c r="D1" s="21" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="22" t="s">
+      <c r="E1" s="21" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A2" s="22"/>
-[...3 lines deleted...]
-      <c r="E2" s="22"/>
+      <c r="A2" s="21"/>
+      <c r="B2" s="21"/>
+      <c r="C2" s="21"/>
+      <c r="D2" s="21"/>
+      <c r="E2" s="21"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C3" s="1">
         <v>2014</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>227</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>5</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>64</v>
       </c>
@@ -2999,92 +3074,92 @@
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E9"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozenSplit"/>
       <selection pane="topRight" sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="164.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="89.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="19.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="22" t="s">
+      <c r="A1" s="21" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="22" t="s">
+      <c r="B1" s="21" t="s">
         <v>38</v>
       </c>
-      <c r="C1" s="22" t="s">
+      <c r="C1" s="21" t="s">
         <v>39</v>
       </c>
-      <c r="D1" s="22" t="s">
+      <c r="D1" s="21" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="22" t="s">
+      <c r="E1" s="21" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A2" s="22"/>
-[...3 lines deleted...]
-      <c r="E2" s="22"/>
+      <c r="A2" s="21"/>
+      <c r="B2" s="21"/>
+      <c r="C2" s="21"/>
+      <c r="D2" s="21"/>
+      <c r="E2" s="21"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C3" s="1">
         <v>2015</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A4" s="20" t="s">
+      <c r="A4" s="19" t="s">
         <v>326</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>411</v>
       </c>
       <c r="C4" s="1">
         <v>2010</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A5" s="11" t="s">
         <v>179</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>412</v>
       </c>
       <c r="C5" s="1">
         <v>2018</v>
       </c>
@@ -3209,92 +3284,92 @@
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozenSplit"/>
       <selection pane="topRight" sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="86.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="39.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.42578125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="19.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="22" t="s">
+      <c r="A1" s="21" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="22" t="s">
+      <c r="B1" s="21" t="s">
         <v>38</v>
       </c>
-      <c r="C1" s="22" t="s">
+      <c r="C1" s="21" t="s">
         <v>39</v>
       </c>
-      <c r="D1" s="22" t="s">
+      <c r="D1" s="21" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="22" t="s">
+      <c r="E1" s="21" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A2" s="22"/>
-[...3 lines deleted...]
-      <c r="E2" s="22"/>
+      <c r="A2" s="21"/>
+      <c r="B2" s="21"/>
+      <c r="C2" s="21"/>
+      <c r="D2" s="21"/>
+      <c r="E2" s="21"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>187</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>188</v>
       </c>
       <c r="C3" s="1">
         <v>2010</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="20" t="s">
+      <c r="A4" s="19" t="s">
         <v>327</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>328</v>
       </c>
       <c r="C4" s="1">
         <v>2010</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C5" s="1">
         <v>2014</v>
       </c>
@@ -3359,72 +3434,72 @@
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E4"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozenSplit"/>
       <selection pane="topRight" sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="38.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="39.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.42578125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="19.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="22" t="s">
+      <c r="A1" s="21" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="22" t="s">
+      <c r="B1" s="21" t="s">
         <v>38</v>
       </c>
-      <c r="C1" s="22" t="s">
+      <c r="C1" s="21" t="s">
         <v>39</v>
       </c>
-      <c r="D1" s="22" t="s">
+      <c r="D1" s="21" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="22" t="s">
+      <c r="E1" s="21" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A2" s="22"/>
-[...3 lines deleted...]
-      <c r="E2" s="22"/>
+      <c r="A2" s="21"/>
+      <c r="B2" s="21"/>
+      <c r="C2" s="21"/>
+      <c r="D2" s="21"/>
+      <c r="E2" s="21"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C3" s="1">
         <v>2015</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>227</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>47</v>
       </c>
@@ -3469,72 +3544,72 @@
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E5"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozenSplit"/>
       <selection pane="topRight" sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="84.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="25.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="19.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="22" t="s">
+      <c r="A1" s="21" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="22" t="s">
+      <c r="B1" s="21" t="s">
         <v>38</v>
       </c>
-      <c r="C1" s="22" t="s">
+      <c r="C1" s="21" t="s">
         <v>39</v>
       </c>
-      <c r="D1" s="22" t="s">
+      <c r="D1" s="21" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="22" t="s">
+      <c r="E1" s="21" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A2" s="22"/>
-[...3 lines deleted...]
-      <c r="E2" s="22"/>
+      <c r="A2" s="21"/>
+      <c r="B2" s="21"/>
+      <c r="C2" s="21"/>
+      <c r="D2" s="21"/>
+      <c r="E2" s="21"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>95</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>96</v>
       </c>
       <c r="C3" s="1">
         <v>2013</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>98</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>97</v>
       </c>
@@ -3595,101 +3670,101 @@
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:C1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="29.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A1" s="9" t="s">
         <v>175</v>
       </c>
       <c r="B1" s="10">
-        <f>COUNTA('ETHIQUE - GENERALITES'!A3:A109)+COUNTA('BIENTRAITANCE - MALTRAITANCE'!A3:A102)+COUNTA(BIOETHIQUE!A3:A101)+COUNTA(COMA!A3:A100)+COUNTA('AUTONOMIE ET CONSENTEMENT'!A3:A101)+COUNTA('DIRECTIVES ANTICIPEES'!A3:A100)+COUNTA('CORPS ET DON D''ORGANES'!A3:A100)+COUNTA('FIN DE VIE ET SOINS PALLIATIFS'!A5:A101)+COUNTA(HANDICAP!A3:A101)+COUNTA('NUMERIQUE - I.A.'!A4:A101)+COUNTA(LAÏCITE!A3:A100)+COUNTA('MALADIES NEURODEGENERATIVES'!A3:A100)+COUNTA('PROCHE ET PERSONNE DE CONFIANCE'!A3:A100)+COUNTA('PERINATALITE ET P.M.A.'!A3:A100)+COUNTA('RESPECT ET DIGNITE'!A3:A100)+COUNTA('SECRET MEDICAL'!A3:A100)+COUNTA('SOINS MORTUAIRES'!A3:A100)</f>
-        <v>239</v>
+        <f>COUNTA('ETHIQUE - GENERALITES'!A3:A119)+COUNTA('BIENTRAITANCE - MALTRAITANCE'!A3:A102)+COUNTA(BIOETHIQUE!A3:A101)+COUNTA(COMA!A3:A100)+COUNTA('AUTONOMIE ET CONSENTEMENT'!A3:A101)+COUNTA('DIRECTIVES ANTICIPEES'!A3:A100)+COUNTA('CORPS ET DON D''ORGANES'!A3:A100)+COUNTA('FIN DE VIE ET SOINS PALLIATIFS'!A5:A101)+COUNTA(HANDICAP!A3:A101)+COUNTA('NUMERIQUE - I.A.'!A4:A101)+COUNTA(LAÏCITE!A3:A100)+COUNTA('MALADIES NEURODEGENERATIVES'!A3:A100)+COUNTA('PROCHE ET PERSONNE DE CONFIANCE'!A3:A100)+COUNTA('PERINATALITE ET P.M.A.'!A3:A100)+COUNTA('RESPECT ET DIGNITE'!A3:A100)+COUNTA('SECRET MEDICAL'!A3:A100)+COUNTA('SOINS MORTUAIRES'!A3:A100)</f>
+        <v>249</v>
       </c>
       <c r="C1" s="10"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:E57"/>
+  <dimension ref="A1:E67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozenSplit"/>
       <selection pane="topRight" sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="173.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="72" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="25" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="24.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="22" t="s">
+      <c r="A1" s="21" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="22" t="s">
+      <c r="B1" s="21" t="s">
         <v>38</v>
       </c>
-      <c r="C1" s="22" t="s">
+      <c r="C1" s="21" t="s">
         <v>39</v>
       </c>
-      <c r="D1" s="22" t="s">
+      <c r="D1" s="21" t="s">
         <v>223</v>
       </c>
-      <c r="E1" s="22" t="s">
+      <c r="E1" s="21" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="2" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="22"/>
-[...3 lines deleted...]
-      <c r="E2" s="22"/>
+      <c r="A2" s="21"/>
+      <c r="B2" s="21"/>
+      <c r="C2" s="21"/>
+      <c r="D2" s="21"/>
+      <c r="E2" s="21"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="11" t="s">
         <v>335</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>215</v>
       </c>
       <c r="C3" s="1">
         <v>2019</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>336</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>161</v>
       </c>
@@ -3751,962 +3826,1132 @@
         <v>13</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
         <v>366</v>
       </c>
       <c r="B8" s="18" t="s">
         <v>256</v>
       </c>
       <c r="C8" s="1">
         <v>2021</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
-        <v>287</v>
-[...2 lines deleted...]
-        <v>281</v>
+        <v>427</v>
+      </c>
+      <c r="B9" s="18" t="s">
+        <v>428</v>
       </c>
       <c r="C9" s="1">
-        <v>2019</v>
+        <v>2025</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="2" t="s">
-        <v>273</v>
+        <v>287</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>274</v>
+        <v>281</v>
       </c>
       <c r="C10" s="1">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>226</v>
+        <v>248</v>
       </c>
     </row>
     <row r="11" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
-        <v>376</v>
+        <v>436</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>377</v>
+        <v>437</v>
       </c>
       <c r="C11" s="1">
-        <v>1996</v>
+        <v>2006</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="12" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
-        <v>378</v>
+        <v>273</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>377</v>
+        <v>274</v>
       </c>
       <c r="C12" s="1">
-        <v>1996</v>
+        <v>2017</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="13" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
-        <v>338</v>
+        <v>376</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>147</v>
+        <v>377</v>
       </c>
       <c r="C13" s="1">
-        <v>2017</v>
+        <v>1996</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="14" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="2" t="s">
-        <v>339</v>
+        <v>378</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>149</v>
+        <v>377</v>
       </c>
       <c r="C14" s="1">
-        <v>2014</v>
+        <v>1996</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="15" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A15" s="2" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="C15" s="1">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
-        <v>125</v>
+        <v>339</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>126</v>
+        <v>149</v>
       </c>
       <c r="C16" s="1">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A17" t="s">
-        <v>12</v>
+      <c r="A17" s="2" t="s">
+        <v>340</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>64</v>
+        <v>148</v>
       </c>
       <c r="C17" s="1">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>227</v>
+        <v>13</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
     </row>
     <row r="18" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
-        <v>369</v>
-[...2 lines deleted...]
-        <v>370</v>
+        <v>125</v>
+      </c>
+      <c r="B18" s="2" t="s">
+        <v>126</v>
       </c>
       <c r="C18" s="1">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A19" s="2" t="s">
-        <v>360</v>
+      <c r="A19" t="s">
+        <v>12</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>361</v>
+        <v>64</v>
       </c>
       <c r="C19" s="1">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>28</v>
+        <v>227</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
-        <v>363</v>
+        <v>429</v>
       </c>
       <c r="B20" s="18" t="s">
-        <v>364</v>
+        <v>430</v>
       </c>
       <c r="C20" s="1">
-        <v>2008</v>
+        <v>2025</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>225</v>
+        <v>248</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A21" s="11" t="s">
-[...3 lines deleted...]
-        <v>198</v>
+      <c r="A21" s="2" t="s">
+        <v>369</v>
+      </c>
+      <c r="B21" s="18" t="s">
+        <v>370</v>
       </c>
       <c r="C21" s="1">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A22" s="11" t="s">
-        <v>178</v>
+      <c r="A22" s="2" t="s">
+        <v>435</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>422</v>
+        <v>232</v>
       </c>
       <c r="C22" s="1">
-        <v>2012</v>
+        <v>2007</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" s="2" t="s">
-        <v>341</v>
+        <v>440</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>156</v>
+        <v>441</v>
       </c>
       <c r="C23" s="1">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A24" s="2" t="s">
-        <v>257</v>
+        <v>438</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>258</v>
+        <v>439</v>
       </c>
       <c r="C24" s="1">
-        <v>2018</v>
+        <v>2000</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A25" s="2" t="s">
-        <v>342</v>
+        <v>434</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>151</v>
+        <v>296</v>
       </c>
       <c r="C25" s="1">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
-        <v>423</v>
+        <v>360</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>63</v>
+        <v>361</v>
       </c>
       <c r="C26" s="1">
-        <v>2024</v>
+        <v>2013</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="E26" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>363</v>
+      </c>
+      <c r="B27" s="18" t="s">
+        <v>364</v>
       </c>
       <c r="C27" s="1">
-        <v>2004</v>
+        <v>2008</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="28" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A28" s="2" t="s">
-        <v>356</v>
+      <c r="A28" s="11" t="s">
+        <v>197</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>357</v>
+        <v>198</v>
       </c>
       <c r="C28" s="1">
-        <v>2006</v>
+        <v>2014</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="E28" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="29" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A29" s="21" t="s">
-        <v>117</v>
+      <c r="A29" s="11" t="s">
+        <v>178</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>63</v>
+        <v>422</v>
       </c>
       <c r="C29" s="1">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
     </row>
     <row r="30" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A30" s="21" t="s">
-        <v>78</v>
+      <c r="A30" s="2" t="s">
+        <v>341</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>277</v>
+        <v>156</v>
       </c>
       <c r="C30" s="1">
-        <v>2015</v>
+        <v>2010</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>228</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A31" s="2" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>256</v>
+        <v>257</v>
+      </c>
+      <c r="B31" s="2" t="s">
+        <v>258</v>
       </c>
       <c r="C31" s="1">
         <v>2018</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="32" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A32" s="2" t="s">
-        <v>358</v>
-[...2 lines deleted...]
-        <v>359</v>
+        <v>342</v>
+      </c>
+      <c r="B32" s="2" t="s">
+        <v>151</v>
       </c>
       <c r="C32" s="1">
-        <v>2003</v>
+        <v>2015</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="E32" s="1" t="s">
         <v>225</v>
       </c>
     </row>
-    <row r="33" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:5" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="2" t="s">
-        <v>388</v>
-[...2 lines deleted...]
-        <v>405</v>
+        <v>423</v>
+      </c>
+      <c r="B33" s="2" t="s">
+        <v>63</v>
       </c>
       <c r="C33" s="1">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="34" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A34" s="2" t="s">
-        <v>354</v>
+        <v>431</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>355</v>
+        <v>245</v>
       </c>
       <c r="C34" s="1">
-        <v>2011</v>
+        <v>2006</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="E34" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="35" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A35" s="2" t="s">
-        <v>367</v>
-[...2 lines deleted...]
-        <v>368</v>
+        <v>205</v>
+      </c>
+      <c r="B35" s="2" t="s">
+        <v>44</v>
       </c>
       <c r="C35" s="1">
-        <v>2021</v>
+        <v>2004</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="36" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A36" s="6" t="s">
-        <v>57</v>
+      <c r="A36" s="2" t="s">
+        <v>356</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>58</v>
+        <v>357</v>
       </c>
       <c r="C36" s="1">
-        <v>1978</v>
+        <v>2006</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
     </row>
     <row r="37" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A37" s="6" t="s">
-        <v>56</v>
+      <c r="A37" s="20" t="s">
+        <v>117</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="C37" s="1">
-        <v>1994</v>
+        <v>2015</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="E37" s="1" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="38" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A38" s="2" t="s">
-        <v>270</v>
+      <c r="A38" s="20" t="s">
+        <v>78</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
       <c r="C38" s="1">
+        <v>2015</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="E38" s="1" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A39" s="2" t="s">
+        <v>365</v>
+      </c>
+      <c r="B39" s="18" t="s">
+        <v>256</v>
+      </c>
+      <c r="C39" s="1">
         <v>2018</v>
-      </c>
-[...15 lines deleted...]
-        <v>2007</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="40" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A40" s="2" t="s">
-        <v>259</v>
-[...2 lines deleted...]
-        <v>260</v>
+        <v>358</v>
+      </c>
+      <c r="B40" s="18" t="s">
+        <v>359</v>
       </c>
       <c r="C40" s="1">
-        <v>2017</v>
+        <v>2003</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
     </row>
     <row r="41" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A41" s="2" t="s">
-        <v>373</v>
-[...2 lines deleted...]
-        <v>374</v>
+        <v>388</v>
+      </c>
+      <c r="B41" s="18" t="s">
+        <v>405</v>
       </c>
       <c r="C41" s="1">
-        <v>2011</v>
+        <v>2022</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="42" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A42" s="2" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>442</v>
+      </c>
+      <c r="B42" s="2" t="s">
+        <v>443</v>
       </c>
       <c r="C42" s="1">
         <v>2012</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="43" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A43" s="2" t="s">
-        <v>343</v>
+        <v>354</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>153</v>
+        <v>355</v>
       </c>
       <c r="C43" s="1">
-        <v>2017</v>
+        <v>2011</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="E43" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="44" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A44" s="2" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>80</v>
+        <v>367</v>
+      </c>
+      <c r="B44" s="22" t="s">
+        <v>368</v>
       </c>
       <c r="C44" s="1">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="E44" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="45" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A45" s="2" t="s">
-        <v>118</v>
+      <c r="A45" s="6" t="s">
+        <v>57</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>116</v>
+        <v>58</v>
       </c>
       <c r="C45" s="1">
-        <v>2013</v>
+        <v>1978</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
     </row>
     <row r="46" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A46" s="2" t="s">
-        <v>235</v>
+      <c r="A46" s="6" t="s">
+        <v>56</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>58</v>
+      </c>
+      <c r="C46" s="1">
+        <v>1994</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
     </row>
     <row r="47" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A47" s="2" t="s">
-        <v>425</v>
+        <v>270</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>63</v>
+        <v>271</v>
       </c>
       <c r="C47" s="1">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="48" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A48" s="2" t="s">
-        <v>426</v>
+      <c r="A48" s="11" t="s">
+        <v>382</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>63</v>
+        <v>383</v>
       </c>
       <c r="C48" s="1">
-        <v>2021</v>
+        <v>2007</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="49" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A49" s="2" t="s">
-        <v>216</v>
+        <v>259</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>83</v>
+        <v>260</v>
       </c>
       <c r="C49" s="1">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="50" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A50" s="2" t="s">
-        <v>181</v>
+        <v>373</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>180</v>
+        <v>374</v>
       </c>
       <c r="C50" s="1">
-        <v>2016</v>
+        <v>2011</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="51" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A51" s="2" t="s">
-        <v>169</v>
+        <v>375</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>153</v>
+        <v>396</v>
       </c>
       <c r="C51" s="1">
-        <v>1990</v>
+        <v>2012</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="52" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A52" s="2" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="C52" s="1">
-        <v>1896</v>
+        <v>2017</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="53" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A53" s="2" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>80</v>
+      </c>
+      <c r="C53" s="1">
+        <v>2015</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>227</v>
+        <v>26</v>
       </c>
       <c r="E53" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="54" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A54" s="2" t="s">
-        <v>261</v>
+        <v>118</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>262</v>
+        <v>116</v>
       </c>
       <c r="C54" s="1">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
     </row>
     <row r="55" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A55" s="2" t="s">
-        <v>386</v>
+        <v>235</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>387</v>
-[...2 lines deleted...]
-        <v>2022</v>
+        <v>236</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>41</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>248</v>
+        <v>226</v>
       </c>
     </row>
     <row r="56" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A56" s="2" t="s">
-        <v>362</v>
-[...2 lines deleted...]
-        <v>393</v>
+        <v>425</v>
+      </c>
+      <c r="B56" s="2" t="s">
+        <v>63</v>
       </c>
       <c r="C56" s="1">
-        <v>2009</v>
+        <v>2021</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="57" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A57" s="2" t="s">
+        <v>426</v>
+      </c>
+      <c r="B57" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="C57" s="1">
+        <v>2021</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" s="1" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A58" s="2" t="s">
+        <v>216</v>
+      </c>
+      <c r="B58" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="C58" s="1">
+        <v>2018</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E58" s="1" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A59" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="B59" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="C59" s="1">
+        <v>2016</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" s="1" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A60" s="2" t="s">
+        <v>432</v>
+      </c>
+      <c r="B60" s="2" t="s">
+        <v>433</v>
+      </c>
+      <c r="C60" s="1">
+        <v>2007</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" s="1" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A61" s="2" t="s">
+        <v>169</v>
+      </c>
+      <c r="B61" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="C61" s="1">
+        <v>1990</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" s="1" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A62" s="2" t="s">
+        <v>344</v>
+      </c>
+      <c r="B62" s="2" t="s">
+        <v>158</v>
+      </c>
+      <c r="C62" s="1">
+        <v>1896</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" s="1" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A63" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="B63" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="E63" s="1" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A64" s="2" t="s">
+        <v>261</v>
+      </c>
+      <c r="B64" s="2" t="s">
+        <v>262</v>
+      </c>
+      <c r="C64" s="1">
+        <v>2012</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E64" s="1" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="65" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A65" s="2" t="s">
+        <v>386</v>
+      </c>
+      <c r="B65" s="2" t="s">
+        <v>387</v>
+      </c>
+      <c r="C65" s="1">
+        <v>2022</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E65" s="1" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="66" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A66" s="2" t="s">
+        <v>362</v>
+      </c>
+      <c r="B66" s="18" t="s">
+        <v>393</v>
+      </c>
+      <c r="C66" s="1">
+        <v>2009</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E66" s="1" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="67" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A67" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="B57" s="2" t="s">
+      <c r="B67" s="2" t="s">
         <v>394</v>
       </c>
-      <c r="C57" s="1">
+      <c r="C67" s="1">
         <v>2003</v>
       </c>
-      <c r="D57" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E57" s="1" t="s">
+      <c r="D67" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E67" s="1" t="s">
         <v>225</v>
       </c>
     </row>
   </sheetData>
-  <sortState ref="A4:E57">
+  <sortState ref="A4:E67">
     <sortCondition ref="A3"/>
   </sortState>
   <dataConsolidate/>
   <mergeCells count="5">
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:B2"/>
     <mergeCell ref="C1:C2"/>
     <mergeCell ref="D1:D2"/>
     <mergeCell ref="E1:E2"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="A36" r:id="rId1" display="http://www.legifrance.gouv.fr/affichTexte.do?cidTexte=JORFTEXT000000886460"/>
-    <hyperlink ref="A37" r:id="rId2" display="http://www.legifrance.gouv.fr/affichTexte.do?cidTexte=JORFTEXT000000547135&amp;fastPos=1&amp;fastReqId=1583943718&amp;categorieLien=id&amp;oldAction=rechTexte"/>
+    <hyperlink ref="A45" r:id="rId1" display="http://www.legifrance.gouv.fr/affichTexte.do?cidTexte=JORFTEXT000000886460"/>
+    <hyperlink ref="A46" r:id="rId2" display="http://www.legifrance.gouv.fr/affichTexte.do?cidTexte=JORFTEXT000000547135&amp;fastPos=1&amp;fastReqId=1583943718&amp;categorieLien=id&amp;oldAction=rechTexte"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0" right="0" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId3"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
             <xm:f>'Listes de Choix'!$A$2:$A$9</xm:f>
           </x14:formula1>
-          <xm:sqref>D57 D3:D53</xm:sqref>
+          <xm:sqref>D67 D3:D63</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
             <xm:f>'Listes de Choix'!$B$2:$B$6</xm:f>
           </x14:formula1>
-          <xm:sqref>E3:E57</xm:sqref>
+          <xm:sqref>E3:E67</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E24"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozenSplit"/>
       <selection pane="topRight" sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="95" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="39.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="19.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="22" t="s">
+      <c r="A1" s="21" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="22" t="s">
+      <c r="B1" s="21" t="s">
         <v>38</v>
       </c>
-      <c r="C1" s="22" t="s">
+      <c r="C1" s="21" t="s">
         <v>39</v>
       </c>
-      <c r="D1" s="22" t="s">
+      <c r="D1" s="21" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="22" t="s">
+      <c r="E1" s="21" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A2" s="22"/>
-[...3 lines deleted...]
-      <c r="E2" s="22"/>
+      <c r="A2" s="21"/>
+      <c r="B2" s="21"/>
+      <c r="C2" s="21"/>
+      <c r="D2" s="21"/>
+      <c r="E2" s="21"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>345</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>155</v>
       </c>
       <c r="C3" s="1">
         <v>2009</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>165</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>166</v>
       </c>
@@ -5068,72 +5313,72 @@
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E22"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozenSplit"/>
       <selection pane="topRight" sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="112.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="56" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="24.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="22" t="s">
+      <c r="A1" s="21" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="22" t="s">
+      <c r="B1" s="21" t="s">
         <v>38</v>
       </c>
-      <c r="C1" s="22" t="s">
+      <c r="C1" s="21" t="s">
         <v>39</v>
       </c>
-      <c r="D1" s="22" t="s">
+      <c r="D1" s="21" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="22" t="s">
+      <c r="E1" s="21" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A2" s="22"/>
-[...3 lines deleted...]
-      <c r="E2" s="22"/>
+      <c r="A2" s="21"/>
+      <c r="B2" s="21"/>
+      <c r="C2" s="21"/>
+      <c r="D2" s="21"/>
+      <c r="E2" s="21"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>240</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>239</v>
       </c>
       <c r="C3" s="1">
         <v>2015</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>172</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>171</v>
       </c>
@@ -5486,72 +5731,72 @@
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E46"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozenSplit"/>
       <selection pane="topRight" sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="205.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="70.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="25" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="24.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="22" t="s">
+      <c r="A1" s="21" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="22" t="s">
+      <c r="B1" s="21" t="s">
         <v>38</v>
       </c>
-      <c r="C1" s="22" t="s">
+      <c r="C1" s="21" t="s">
         <v>39</v>
       </c>
-      <c r="D1" s="22" t="s">
+      <c r="D1" s="21" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="22" t="s">
+      <c r="E1" s="21" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A2" s="22"/>
-[...3 lines deleted...]
-      <c r="E2" s="22"/>
+      <c r="A2" s="21"/>
+      <c r="B2" s="21"/>
+      <c r="C2" s="21"/>
+      <c r="D2" s="21"/>
+      <c r="E2" s="21"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>329</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>162</v>
       </c>
       <c r="C3" s="1">
         <v>2015</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>135</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>134</v>
       </c>
@@ -6294,72 +6539,72 @@
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E9"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozenSplit"/>
       <selection pane="topRight" sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="112.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="94.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="19.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="22" t="s">
+      <c r="A1" s="21" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="22" t="s">
+      <c r="B1" s="21" t="s">
         <v>38</v>
       </c>
-      <c r="C1" s="22" t="s">
+      <c r="C1" s="21" t="s">
         <v>39</v>
       </c>
-      <c r="D1" s="22" t="s">
+      <c r="D1" s="21" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="22" t="s">
+      <c r="E1" s="21" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A2" s="22"/>
-[...3 lines deleted...]
-      <c r="E2" s="22"/>
+      <c r="A2" s="21"/>
+      <c r="B2" s="21"/>
+      <c r="C2" s="21"/>
+      <c r="D2" s="21"/>
+      <c r="E2" s="21"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>102</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>103</v>
       </c>
       <c r="C3" s="1">
         <v>2007</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>104</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>403</v>
       </c>
@@ -6369,51 +6614,51 @@
       <c r="D4" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>298</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>300</v>
       </c>
       <c r="C5" s="1">
         <v>1996</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A6" s="20" t="s">
+      <c r="A6" s="19" t="s">
         <v>105</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>106</v>
       </c>
       <c r="C6" s="1">
         <v>2014</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
         <v>107</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>108</v>
       </c>
       <c r="C7" s="1">
         <v>2014</v>
       </c>
@@ -6497,72 +6742,72 @@
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozenSplit"/>
       <selection pane="topRight" sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="95.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="83.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.42578125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="24.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="22" t="s">
+      <c r="A1" s="21" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="22" t="s">
+      <c r="B1" s="21" t="s">
         <v>38</v>
       </c>
-      <c r="C1" s="22" t="s">
+      <c r="C1" s="21" t="s">
         <v>39</v>
       </c>
-      <c r="D1" s="22" t="s">
+      <c r="D1" s="21" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="22" t="s">
+      <c r="E1" s="21" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A2" s="22"/>
-[...3 lines deleted...]
-      <c r="E2" s="22"/>
+      <c r="A2" s="21"/>
+      <c r="B2" s="21"/>
+      <c r="C2" s="21"/>
+      <c r="D2" s="21"/>
+      <c r="E2" s="21"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>330</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>154</v>
       </c>
       <c r="C3" s="1">
         <v>2008</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>268</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>269</v>
       </c>
@@ -6695,109 +6940,109 @@
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E13"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozenSplit"/>
       <selection pane="topRight" sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="146.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="53.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="19.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="22" t="s">
+      <c r="A1" s="21" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="22" t="s">
+      <c r="B1" s="21" t="s">
         <v>38</v>
       </c>
-      <c r="C1" s="22" t="s">
+      <c r="C1" s="21" t="s">
         <v>39</v>
       </c>
-      <c r="D1" s="22" t="s">
+      <c r="D1" s="21" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="22" t="s">
+      <c r="E1" s="21" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A2" s="22"/>
-[...3 lines deleted...]
-      <c r="E2" s="22"/>
+      <c r="A2" s="21"/>
+      <c r="B2" s="21"/>
+      <c r="C2" s="21"/>
+      <c r="D2" s="21"/>
+      <c r="E2" s="21"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>130</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>129</v>
       </c>
       <c r="C3" s="1">
         <v>2016</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>301</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>303</v>
       </c>
       <c r="C4" s="1">
         <v>2018</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>214</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A5" s="20" t="s">
+      <c r="A5" s="19" t="s">
         <v>320</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>58</v>
       </c>
       <c r="C5" s="1">
         <v>2014</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="6" t="s">
         <v>321</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>133</v>
       </c>
       <c r="C6" s="1">
         <v>2016</v>
       </c>
@@ -6975,72 +7220,72 @@
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E44"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozenSplit"/>
       <selection pane="topRight" sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="186.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="134.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="19.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="22" t="s">
+      <c r="A1" s="21" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="22" t="s">
+      <c r="B1" s="21" t="s">
         <v>38</v>
       </c>
-      <c r="C1" s="22" t="s">
+      <c r="C1" s="21" t="s">
         <v>39</v>
       </c>
-      <c r="D1" s="22" t="s">
+      <c r="D1" s="21" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="22" t="s">
+      <c r="E1" s="21" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A2" s="22"/>
-[...3 lines deleted...]
-      <c r="E2" s="22"/>
+      <c r="A2" s="21"/>
+      <c r="B2" s="21"/>
+      <c r="C2" s="21"/>
+      <c r="D2" s="21"/>
+      <c r="E2" s="21"/>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>413</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>414</v>
       </c>
       <c r="C3" s="1">
         <v>2023</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>214</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>389</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>390</v>
       </c>
@@ -7067,51 +7312,51 @@
       <c r="D5" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>91</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>407</v>
       </c>
       <c r="C6" s="1">
         <v>2014</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A7" s="20" t="s">
+      <c r="A7" s="19" t="s">
         <v>102</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>103</v>
       </c>
       <c r="C7" s="1">
         <v>2007</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="11" t="s">
         <v>286</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>408</v>
       </c>
       <c r="C8" s="1">
         <v>2020</v>
       </c>
@@ -7441,51 +7686,51 @@
       <c r="D27" s="1" t="s">
         <v>227</v>
       </c>
       <c r="E27" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="28" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A28" s="2" t="s">
         <v>203</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>204</v>
       </c>
       <c r="C28" s="1">
         <v>2013</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="29" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A29" s="20" t="s">
+      <c r="A29" s="19" t="s">
         <v>71</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>75</v>
       </c>
       <c r="C29" s="1">
         <v>2012</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E29" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="30" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A30" s="2" t="s">
         <v>144</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>143</v>
       </c>
       <c r="C30" s="1">
         <v>2017</v>
       </c>
@@ -7543,51 +7788,51 @@
       <c r="D33" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="34" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A34" s="2" t="s">
         <v>312</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>313</v>
       </c>
       <c r="C34" s="1">
         <v>2019</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>214</v>
       </c>
       <c r="E34" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="35" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A35" s="20" t="s">
+      <c r="A35" s="19" t="s">
         <v>323</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>116</v>
       </c>
       <c r="C35" s="1">
         <v>2015</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="36" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A36" s="11" t="s">
         <v>201</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>202</v>
       </c>
       <c r="C36" s="1">
         <v>2008</v>
       </c>
@@ -7645,102 +7890,102 @@
       <c r="D39" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="40" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A40" s="2" t="s">
         <v>306</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>218</v>
       </c>
       <c r="C40" s="1">
         <v>2021</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="41" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A41" s="20" t="s">
+      <c r="A41" s="19" t="s">
         <v>324</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>325</v>
       </c>
       <c r="C41" s="1">
         <v>2009</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E41" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="42" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A42" s="2" t="s">
         <v>67</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>68</v>
       </c>
       <c r="C42" s="1">
         <v>2014</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E42" s="1" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="43" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A43" s="21" t="s">
+      <c r="A43" s="20" t="s">
         <v>92</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C43" s="1">
         <v>2014</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E43" s="1" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="44" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A44" s="21" t="s">
+      <c r="A44" s="20" t="s">
         <v>93</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>94</v>
       </c>
       <c r="C44" s="1">
         <v>2014</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E44" s="1" t="s">
         <v>228</v>
       </c>
     </row>
   </sheetData>
   <sortState ref="A4:E45">
     <sortCondition ref="A3"/>
   </sortState>
   <mergeCells count="5">
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:B2"/>
     <mergeCell ref="C1:C2"/>
     <mergeCell ref="D1:D2"/>
     <mergeCell ref="E1:E2"/>